--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b189780f424461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf448e067845b401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re449dd98f73a488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336e08db2b1e4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa539a901f1c4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re449dd98f73a488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ebd321ac86d498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336e08db2b1e4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>6,337</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,463</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,781</x:t>
-[...90 lines deleted...]
-          <x:t>6,929</x:t>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>