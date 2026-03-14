--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf448e067845b401b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc6d7980d354325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336e08db2b1e4fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc912c39cd2984f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ebd321ac86d498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336e08db2b1e4fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906595c7cc64447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc912c39cd2984f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>6,271</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,041</x:t>
-[...625 lines deleted...]
-          <x:t>6,047</x:t>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>