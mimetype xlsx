--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac33c0a6a75d4c71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R084c4fed92c1477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26629ae8859b4cb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32388d3b5a6c4a83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f6c7075714f47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26629ae8859b4cb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d854510b3aa4d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32388d3b5a6c4a83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>6,873</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,861</x:t>
-[...188 lines deleted...]
-          <x:t>7,251</x:t>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>