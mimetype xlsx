--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8a60ea58da44e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60887c558e154412" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9decac8c14d4945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R411b019be1c34ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbadd7514b5b54170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9decac8c14d4945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98833607a7c145c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R411b019be1c34ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,519</x:t>
-[...4 lines deleted...]
-          <x:t>10,083</x:t>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>10,959</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>