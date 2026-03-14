--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60887c558e154412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7748f5902ffa4e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R411b019be1c34ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd87f9c3716746f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98833607a7c145c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R411b019be1c34ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc10cca6224de43c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd87f9c3716746f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,571 +149,166 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>10,603</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,593</x:t>
-[...210 lines deleted...]
-          <x:t>9,537</x:t>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,773</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,569</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>