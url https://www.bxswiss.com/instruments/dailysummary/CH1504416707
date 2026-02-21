--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d0a272c4f2149b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1487af7928564455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba655f20e6db4211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754c634f15ae4b56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2970c8b27dda4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba655f20e6db4211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e4d65d41224564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754c634f15ae4b56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>7,769</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,703</x:t>
-[...11 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,797</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>8,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>