--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1487af7928564455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58fb57374864345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754c634f15ae4b56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4fc428fb8e64495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e4d65d41224564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754c634f15ae4b56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f8a0ac58d445de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4fc428fb8e64495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>7,749</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,179</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>7,487</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...408 lines deleted...]
-          <x:t>20.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,679</x:t>
-[...9 lines deleted...]
-          <x:t>7,437</x:t>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>