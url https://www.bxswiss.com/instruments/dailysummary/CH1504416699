--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1f1f551e4a4d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e4489e8ed04013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb615aa90da0e443c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca580a2d83794989"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82facd81e94744de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb615aa90da0e443c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709b474609844cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca580a2d83794989" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>7,105</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,957</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>6,967</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,957</x:t>
-[...112 lines deleted...]
-          <x:t>7,573</x:t>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>