--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e4489e8ed04013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1caa690bfb7444cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca580a2d83794989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08fc330e0adf4095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709b474609844cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca580a2d83794989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb56e2db3cf5341cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08fc330e0adf4095" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416699</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>6,651</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>6,981</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,417</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>7,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,767</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...327 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,567</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>