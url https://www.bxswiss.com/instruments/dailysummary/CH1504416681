--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c73dee3cf7d46ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5521eb052524fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c04a8f493e4816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re06907275f544733"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57c769af6ca14c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c04a8f493e4816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48daafd7c9414941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re06907275f544733" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>7,705</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,475</x:t>
-[...598 lines deleted...]
-          <x:t>7,733</x:t>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>