--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa67157e9ddd475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda10f172e3d416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1229fc3297504f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87b0d969e8fb4da8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd451b48c8ad4133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1229fc3297504f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962ea9fce54f4e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87b0d969e8fb4da8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>7,299</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>6,521</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>7,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,851</x:t>
-[...161 lines deleted...]
-          <x:t>6,975</x:t>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>