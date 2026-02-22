--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d977a997ee4c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82418d3cffe54081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfd8b18217604dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8154e21b791645b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7b0f242372419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfd8b18217604dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15b82fb2aaa04195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8154e21b791645b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>10,643</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,053</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>10,991</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>11,181</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,151</x:t>
-[...31 lines deleted...]
-          <x:t>11,523</x:t>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>