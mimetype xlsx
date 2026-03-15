--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82418d3cffe54081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8067ca800fc6464b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8154e21b791645b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca67605ead1b4337"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15b82fb2aaa04195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8154e21b791645b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a2f92722b94a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca67605ead1b4337" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>11,347</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,767</x:t>
-[...431 lines deleted...]
-          <x:t>10,529</x:t>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>