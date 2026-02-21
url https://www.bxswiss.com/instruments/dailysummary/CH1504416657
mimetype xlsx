--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa68c775f7ee4a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb200cdd9e813466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31d2e5ffdff44dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2b399929b946e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78906b8cfbaf4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31d2e5ffdff44dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6b8fdb71eb8478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2b399929b946e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>8,409</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,551</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>8,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,521</x:t>
-[...139 lines deleted...]
-          <x:t>8,965</x:t>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>