--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb200cdd9e813466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fccc14fb9bb4a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2b399929b946e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R851b70da0905485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6b8fdb71eb8478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2b399929b946e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73086ebfd71143d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R851b70da0905485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,608 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>8,389</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,551</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>7,569</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,825</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>