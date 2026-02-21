--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd016ae413a9e44c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeab7aefe1184569" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad5e2822e464a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra562cc01a5fd4c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792080a01f4a4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad5e2822e464a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5ea1e5b1bf4b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra562cc01a5fd4c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,825</x:t>
-[...198 lines deleted...]
-          <x:t>8,229</x:t>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>