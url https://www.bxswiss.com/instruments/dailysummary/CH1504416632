--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a08dbb7055494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbea36bc015c4807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5695cd8849e241cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7f092030cd4a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd2ca6827b94595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5695cd8849e241cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b3b8bdf9594c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7f092030cd4a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,775</x:t>
-[...124 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,097</x:t>
-[...90 lines deleted...]
-          <x:t>9,283</x:t>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>