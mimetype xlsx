--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbea36bc015c4807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a0dbe9791bd4e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7f092030cd4a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca8075b41dc64057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b3b8bdf9594c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7f092030cd4a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017477db25034609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca8075b41dc64057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>8,655</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,317</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>8,341</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>