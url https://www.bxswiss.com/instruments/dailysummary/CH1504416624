--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4081e02671f4fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08b9dc01ee6468d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb89f0f364e43d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4696c3d89ce4bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73a4c155271943fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb89f0f364e43d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a7a6c60f1846b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4696c3d89ce4bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>3,329</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,343</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,379</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,325</x:t>
-[...21 lines deleted...]
-          <x:t>3,161</x:t>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,131</x:t>
-[...58 lines deleted...]
-          <x:t>3,177</x:t>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>