--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08b9dc01ee6468d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7046d6661efa4e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4696c3d89ce4bc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce663e91241d475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a7a6c60f1846b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4696c3d89ce4bc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04f23dd950824893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce663e91241d475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,477</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,371</x:t>
-[...60 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,323</x:t>
-[...178 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>3,279</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,231</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>