--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00aa254479c24e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4033957d25e64a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b8de3e66ac442c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra74199fcbf0b4255"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8766c3599dfc4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b8de3e66ac442c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038da312c99f437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra74199fcbf0b4255" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,595</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,479</x:t>
-[...43 lines deleted...]
-          <x:t>2,337</x:t>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,227</x:t>
-[...70 lines deleted...]
-          <x:t>2,337</x:t>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,265</x:t>
-[...485 lines deleted...]
-          <x:t>2,219</x:t>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>