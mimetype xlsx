--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6384d6d33a4d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380bedeeac194525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa95450b766f4488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a1e655a979e42e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3109fb45b74211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa95450b766f4488" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b07673beec4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a1e655a979e42e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>1,995</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,011</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,007</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...53 lines deleted...]
-          <x:t>1,939</x:t>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>