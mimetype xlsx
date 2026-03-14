--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380bedeeac194525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3da6cd173324053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a1e655a979e42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R742ace34085a43c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b07673beec4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a1e655a979e42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red077def56d4417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R742ace34085a43c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,999</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>1,593</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>1,839</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,873</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,891</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>