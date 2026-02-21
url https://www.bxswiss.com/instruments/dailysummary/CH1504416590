--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f48a0af52a429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670ab0b19ea241d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d7b8b3acc704576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13bc187a82824b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a15baf13be4e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d7b8b3acc704576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb525fd8405834866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13bc187a82824b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,947</x:t>
-[...124 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...53 lines deleted...]
-          <x:t>1,559</x:t>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>