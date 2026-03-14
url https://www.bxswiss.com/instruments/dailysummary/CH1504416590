--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670ab0b19ea241d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524cd7a5b8324a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13bc187a82824b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c26866c25344fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb525fd8405834866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13bc187a82824b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0304e19dbb14059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c26866c25344fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>1,649</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>1,603</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,573</x:t>
-[...21 lines deleted...]
-          <x:t>1,823</x:t>
+          <x:t>1,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
-[...70 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,403</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>1,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>