--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref54d18c9c644023" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R166dc809171e474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R803a08874d3740e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c4ae955af34307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4951e6f0b3f4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R803a08874d3740e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194fcf13ea3c435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c4ae955af34307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>1,493</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...97 lines deleted...]
-          <x:t>1,169</x:t>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,141</x:t>
-[...53 lines deleted...]
-          <x:t>1,073</x:t>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>