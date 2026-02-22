--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438921fb8efa47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a2e422b8584fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4476ec78cd214317"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6999fde935c941d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79cf4ba76cc74bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4476ec78cd214317" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632321d50a704633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6999fde935c941d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,333</x:t>
-[...4 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,275</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,161</x:t>
-[...80 lines deleted...]
-          <x:t>2,119</x:t>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>