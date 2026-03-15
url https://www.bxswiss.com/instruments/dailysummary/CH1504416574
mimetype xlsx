--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a2e422b8584fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce356d5a8cc24e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6999fde935c941d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb44e475d04a4115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632321d50a704633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6999fde935c941d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffd453b9487494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb44e475d04a4115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,083</x:t>
-[...38 lines deleted...]
-          <x:t>2,179</x:t>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,193</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>2,079</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>