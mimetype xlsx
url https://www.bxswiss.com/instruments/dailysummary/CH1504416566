--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda326c330e24817" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db27b30a46b468d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ed753ee66b54397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910362661fbd4e7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435d6022e92247ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ed753ee66b54397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c67a54dc32496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910362661fbd4e7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>2,003</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>2,103</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,855</x:t>
-[...33 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,767</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,883</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,793</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>