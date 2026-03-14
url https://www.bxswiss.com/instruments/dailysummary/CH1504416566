--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db27b30a46b468d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31e38ef7b12471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910362661fbd4e7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32806a294232408f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06c67a54dc32496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910362661fbd4e7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2c21073352443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32806a294232408f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,191</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,897</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,709</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,729</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>1,747</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>