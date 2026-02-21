--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f1721c4809a49cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d08ee4fb4647ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8287e78eced44d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0421c960c414e2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac00d6008654a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8287e78eced44d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c2a2301f3840a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0421c960c414e2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>1,381</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,269</x:t>
-[...124 lines deleted...]
-          <x:t>0,991</x:t>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,961</x:t>
-[...53 lines deleted...]
-          <x:t>0,903</x:t>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>