--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d08ee4fb4647ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdc6091de7d40f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0421c960c414e2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe914bfcb59497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c2a2301f3840a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0421c960c414e2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576cdae146fa4a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe914bfcb59497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,787</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>1,093</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>0,629</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,617</x:t>
-[...31 lines deleted...]
-          <x:t>0,697</x:t>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>