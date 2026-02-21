--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf60ca5d2108c4b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0feff6d4e447cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb39f604950b94c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27cc71e8800b420c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77888e06f5534e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb39f604950b94c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e369f791aec4fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27cc71e8800b420c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>3,141</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,055</x:t>
-[...21 lines deleted...]
-          <x:t>2,999</x:t>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,087</x:t>
-[...26 lines deleted...]
-          <x:t>3,161</x:t>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,943</x:t>
-[...107 lines deleted...]
-          <x:t>2,899</x:t>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>