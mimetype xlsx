--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0feff6d4e447cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1227742695f2423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27cc71e8800b420c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90da0959ac34b91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e369f791aec4fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27cc71e8800b420c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb360eb4b9e5a45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90da0959ac34b91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,269</x:t>
-[...16 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,005</x:t>
-[...112 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,037</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,003</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,951</x:t>
-[...436 lines deleted...]
-          <x:t>3,023</x:t>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>