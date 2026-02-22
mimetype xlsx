--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra22182f33e694dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c8f4e66ab44ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5cc5c5d8554e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ec89108a7c46d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbcf8349538e47e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5cc5c5d8554e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde250c0b1b94fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ec89108a7c46d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,179</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>2,257</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,029</x:t>
-[...6 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,131</x:t>
-[...90 lines deleted...]
-          <x:t>1,983</x:t>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>