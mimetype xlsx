--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c8f4e66ab44ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722673f1825f479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ec89108a7c46d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ea06d182d24631"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde250c0b1b94fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ec89108a7c46d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4dd39efdbb34300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ea06d182d24631" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1,915</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,073</x:t>
-[...21 lines deleted...]
-          <x:t>2,039</x:t>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>1,951</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>