--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e8d3d649464551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a5dea7004d4d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ccdf0eddde4819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e8c67dd9b34cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R342aa5e2b78f4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ccdf0eddde4819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d0a4011ed94dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e8c67dd9b34cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,989</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,889</x:t>
-[...16 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,867</x:t>
-[...124 lines deleted...]
-          <x:t>1,721</x:t>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,701</x:t>
-[...53 lines deleted...]
-          <x:t>1,657</x:t>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>