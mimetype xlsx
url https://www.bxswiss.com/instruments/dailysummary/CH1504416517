--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a5dea7004d4d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6752ecfea0964320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e8c67dd9b34cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4526e2aeed486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d0a4011ed94dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e8c67dd9b34cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8332fa0481214cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4526e2aeed486c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>1,701</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>1,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>