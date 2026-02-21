--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d0d2ce1ffed4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3150292a7146456e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced2fa7601db4323"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88dc16829a374255"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1cabcbd741c4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced2fa7601db4323" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154183c543254903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88dc16829a374255" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>1,073</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,069</x:t>
-[...156 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>