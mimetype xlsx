--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3150292a7146456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124ccfb3dfa7415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88dc16829a374255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e873071a27a490a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154183c543254903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88dc16829a374255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2357229aa3d3494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e873071a27a490a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>0,779</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,667</x:t>
-[...517 lines deleted...]
-          <x:t>0,563</x:t>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>