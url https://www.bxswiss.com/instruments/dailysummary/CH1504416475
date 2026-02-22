--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1968fa5acdd340b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28cb8ee8cd174fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eef589b37964012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d595a896248492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa4bc56f10a449d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eef589b37964012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bac4499573246ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d595a896248492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,155</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
-[...215 lines deleted...]
-          <x:t>1,857</x:t>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>