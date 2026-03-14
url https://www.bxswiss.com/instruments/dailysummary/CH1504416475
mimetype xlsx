--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28cb8ee8cd174fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf5dabdfda444f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d595a896248492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R947294dffe904acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bac4499573246ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d595a896248492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c2b14595ee47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R947294dffe904acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,915</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,823</x:t>
-[...6 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,941</x:t>
-[...53 lines deleted...]
-          <x:t>1,917</x:t>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,857</x:t>
-[...70 lines deleted...]
-          <x:t>2,067</x:t>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,929</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>1,831</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>