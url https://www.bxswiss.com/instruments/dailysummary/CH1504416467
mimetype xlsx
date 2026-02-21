--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99626f1a7684e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e68b20e208b47d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1268ecfcf441be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232d6f03b5c14539"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce05694eb1349eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1268ecfcf441be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c43a7cc6b44e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232d6f03b5c14539" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>1,839</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...43 lines deleted...]
-          <x:t>1,727</x:t>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,721</x:t>
-[...97 lines deleted...]
-          <x:t>1,593</x:t>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...53 lines deleted...]
-          <x:t>1,531</x:t>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>