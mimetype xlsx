--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e68b20e208b47d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96d7d8ec00d4eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232d6f03b5c14539"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11c4832d7d474e4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c43a7cc6b44e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232d6f03b5c14539" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75200de710c4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11c4832d7d474e4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,881</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,651</x:t>
-[...16 lines deleted...]
-          <x:t>1,575</x:t>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,473</x:t>
-[...6 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,497</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,587</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>1,497</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>