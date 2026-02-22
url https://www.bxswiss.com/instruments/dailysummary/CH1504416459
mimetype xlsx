--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d199f0a2534fe8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c3b11942bb4065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R409c9625a2784384"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3b6595b6ffa45e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b960de59a864d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R409c9625a2784384" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb089fd12a355458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3b6595b6ffa45e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,181</x:t>
-[...11 lines deleted...]
-          <x:t>1,121</x:t>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,089</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>1,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>