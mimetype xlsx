--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c3b11942bb4065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e6f52ab4ac64679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3b6595b6ffa45e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac0c77522573422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb089fd12a355458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3b6595b6ffa45e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89c7b3e6ba04021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac0c77522573422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,231</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>1,089</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>