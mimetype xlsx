--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa57b7b1252d4194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ff1237c6ad4f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9997c0dcbf764ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760d8d7b420d4fa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e49772b61264699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9997c0dcbf764ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ec2dacec954a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760d8d7b420d4fa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,901</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,819</x:t>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,871</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,777</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>2,643</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>