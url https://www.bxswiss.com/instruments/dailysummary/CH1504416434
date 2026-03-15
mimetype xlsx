--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ff1237c6ad4f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refff8d3137cf42fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760d8d7b420d4fa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fafddcaa7f443f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ec2dacec954a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760d8d7b420d4fa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a29917abb434cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fafddcaa7f443f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,997</x:t>
-[...4 lines deleted...]
-          <x:t>2,783</x:t>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,809</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>2,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,737</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...401 lines deleted...]
-          <x:t>2,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,657</x:t>
-[...58 lines deleted...]
-          <x:t>2,775</x:t>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>