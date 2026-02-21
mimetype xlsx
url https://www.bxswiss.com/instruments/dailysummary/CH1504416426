--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e6cbb7049e41c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf696724e8b944196" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63accc61b3674875"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R917b496ee7734283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493c9e6d91204066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63accc61b3674875" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207f858743f34e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R917b496ee7734283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,015</x:t>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,923</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>1,923</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,791</x:t>
-[...26 lines deleted...]
-          <x:t>1,737</x:t>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>