--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf696724e8b944196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68497177de734969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R917b496ee7734283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0e65c1d481433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207f858743f34e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R917b496ee7734283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ecbf1e2f8c4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0e65c1d481433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,077</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,867</x:t>
-[...172 lines deleted...]
-        <x:is>
           <x:t>1,913</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>1,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>