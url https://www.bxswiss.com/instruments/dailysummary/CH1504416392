--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60d442f56384729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae5c7e7a90e4b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4290659ccd4444d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29efdb3f7bfe486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24a4eb979ad414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4290659ccd4444d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c99933db35b4743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29efdb3f7bfe486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...276 lines deleted...]
-          <x:t>0,593</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,541</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>