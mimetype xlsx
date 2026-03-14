--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae5c7e7a90e4b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ce81cf62934fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29efdb3f7bfe486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9aef7a62c8b4199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c99933db35b4743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29efdb3f7bfe486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ac420f3c70345cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9aef7a62c8b4199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,447</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,691</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,611</x:t>
-[...173 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>11.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
-[...75 lines deleted...]
-          <x:t>0,423</x:t>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,407</x:t>
-[...107 lines deleted...]
-          <x:t>0,373</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>