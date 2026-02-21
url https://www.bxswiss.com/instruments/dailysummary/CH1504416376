--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad25188090074f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90592249a8834321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd2a2e4a5904844"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83bc0e3f33244592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b4b8c7c908d403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd2a2e4a5904844" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec3f5d4ad354ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83bc0e3f33244592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,801</x:t>
-[...141 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,613</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,589</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,671</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>1,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>