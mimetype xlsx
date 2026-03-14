--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90592249a8834321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e388d82f36442ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83bc0e3f33244592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d96a8cd3e56482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ec3f5d4ad354ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83bc0e3f33244592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5672ad69174e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d96a8cd3e56482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,571</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>1,609</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>