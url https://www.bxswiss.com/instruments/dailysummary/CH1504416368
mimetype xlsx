--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9923ebe84f384a27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496f2befee544977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab9e598414f48ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f59e0bc3d5f416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e6fb8a6aed43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab9e598414f48ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bf7fc9457284ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f59e0bc3d5f416b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,659</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,577</x:t>
-[...16 lines deleted...]
-          <x:t>2,613</x:t>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,543</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,553</x:t>
-[...21 lines deleted...]
-          <x:t>2,445</x:t>
+          <x:t>2,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,489</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,443</x:t>
-[...85 lines deleted...]
-          <x:t>2,409</x:t>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>