--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496f2befee544977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446e266a31df4fce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f59e0bc3d5f416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb157d0bb99d44104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bf7fc9457284ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f59e0bc3d5f416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aaef32a2a844b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb157d0bb99d44104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,663</x:t>
-[...4 lines deleted...]
-          <x:t>2,553</x:t>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,579</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,741</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,541</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>22.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,511</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>30.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>2,543</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>