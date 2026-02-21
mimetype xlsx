--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9aab126703147fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b569de4b914a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee3ff51a0ec4b23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e438e2da2244d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bcc4eb04f6848f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee3ff51a0ec4b23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2de780e9011405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e438e2da2244d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>1,539</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,547</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,489</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,445</x:t>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,449</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>1,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>