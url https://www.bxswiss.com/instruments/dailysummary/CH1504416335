--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b569de4b914a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437254f3bf364e93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e438e2da2244d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bc6dc996cc6439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2de780e9011405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e438e2da2244d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a68d2d5a3d942cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bc6dc996cc6439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,467</x:t>
-[...53 lines deleted...]
-          <x:t>1,479</x:t>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,383</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,541</x:t>
-[...286 lines deleted...]
-          <x:t>1,547</x:t>
+          <x:t>1,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,421</x:t>
-[...38 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,391</x:t>
-[...85 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>