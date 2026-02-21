--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05cb6393b84841ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree362baaf6584a08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0c372812a144d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42529e0c43564bef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77aa1a136514b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0c372812a144d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12a35ff4b40347cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42529e0c43564bef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,421</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,381</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,311</x:t>
-[...141 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,335</x:t>
-[...36 lines deleted...]
-          <x:t>2,187</x:t>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>