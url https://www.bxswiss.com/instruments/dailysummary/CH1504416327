--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree362baaf6584a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42a0dabb06a4296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42529e0c43564bef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc286c38512104f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12a35ff4b40347cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42529e0c43564bef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58cf3978bb645bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc286c38512104f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,427</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,341</x:t>
-[...70 lines deleted...]
-          <x:t>2,309</x:t>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,239</x:t>
-[...335 lines deleted...]
-          <x:t>2,175</x:t>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,143</x:t>
-[...166 lines deleted...]
-          <x:t>2,329</x:t>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>