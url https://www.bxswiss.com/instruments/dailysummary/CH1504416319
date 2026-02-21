--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365e9df34747437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33cd872d92a4f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb43c0b5450f4501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2015a3c8bb1c4c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8207822ed6a4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb43c0b5450f4501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b3e96f970f445c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2015a3c8bb1c4c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,509</x:t>
-[...43 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...26 lines deleted...]
-          <x:t>1,503</x:t>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,331</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>