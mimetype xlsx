--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33cd872d92a4f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce760015fa14c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2015a3c8bb1c4c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10346e19e521465e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b3e96f970f445c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2015a3c8bb1c4c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086d36f038a74b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10346e19e521465e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,289</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,323</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,381</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>1,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,333</x:t>
-[...38 lines deleted...]
-          <x:t>1,383</x:t>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...85 lines deleted...]
-          <x:t>1,329</x:t>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>