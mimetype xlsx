--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0663a8fc25c747ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf7072bd7064563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2143f71d480a40d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6e1856e0184fcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0431e131a94b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2143f71d480a40d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14542c3280e74b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6e1856e0184fcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,049</x:t>
-[...102 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>0,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,019</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,971</x:t>
-[...43 lines deleted...]
-          <x:t>1,057</x:t>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,977</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,961</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>