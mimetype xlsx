--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf7072bd7064563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc529f6db53f41c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6e1856e0184fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0950d6f444b3474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14542c3280e74b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6e1856e0184fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0932e672b14911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0950d6f444b3474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,039</x:t>
-[...6 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,993</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,011</x:t>
-[...549 lines deleted...]
-          <x:t>0,967</x:t>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>