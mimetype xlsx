--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26d71cbc97314f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c17c338355646ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f7996ee6034b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06cefa1557fe4a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb267696f6ba244f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f7996ee6034b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29fb5812b02b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06cefa1557fe4a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,809</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>1,719</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,629</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>