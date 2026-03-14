--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c17c338355646ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14878147165a4719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06cefa1557fe4a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2257fd5018c0419e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29fb5812b02b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06cefa1557fe4a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8301842cb02f4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2257fd5018c0419e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,899</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,781</x:t>
-[...4 lines deleted...]
-          <x:t>1,711</x:t>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,771</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>1,623</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>16.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,799</x:t>
-[...117 lines deleted...]
-          <x:t>1,773</x:t>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>