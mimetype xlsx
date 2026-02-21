--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932e1039add64994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634a2d467ce3441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf240fc18604d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7dba8dadb44c96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec127ff2e4594e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf240fc18604d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R591ea4a7a8474c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7dba8dadb44c96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,961</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,913</x:t>
-[...38 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,901</x:t>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,873</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,903</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...16 lines deleted...]
-          <x:t>0,933</x:t>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,841</x:t>
-[...16 lines deleted...]
-          <x:t>0,891</x:t>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,849</x:t>
-[...80 lines deleted...]
-          <x:t>0,843</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>