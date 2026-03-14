--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634a2d467ce3441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df44e9719b7486c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7dba8dadb44c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83d11039a65401f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R591ea4a7a8474c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7dba8dadb44c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06196b82f1f24dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83d11039a65401f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,003</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,947</x:t>
-[...60 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,889</x:t>
-[...399 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,949</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>0,853</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>