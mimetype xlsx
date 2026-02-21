--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c0b0ec8d2334c4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc0754b525c4b8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca0e7115a9ef48b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb50ed4c874424895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5189d22e014d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca0e7115a9ef48b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c21e5ae77f9485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb50ed4c874424895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,909</x:t>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,863</x:t>
-[...75 lines deleted...]
-          <x:t>0,837</x:t>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,873</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,789</x:t>
-[...16 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...43 lines deleted...]
-          <x:t>0,869</x:t>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>0,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>