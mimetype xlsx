--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc0754b525c4b8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde3d7180e21f48d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb50ed4c874424895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f6c62aaffa84e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c21e5ae77f9485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb50ed4c874424895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d553a447d2d460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f6c62aaffa84e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,771</x:t>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>0,839</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,893</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>0,801</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>