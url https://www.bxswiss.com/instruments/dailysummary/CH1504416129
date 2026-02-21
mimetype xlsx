--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862a488b3f5a4dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0276ec5b23a04da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca658de6adc4f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa350bb0c024db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2f3f6ecfd9b4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca658de6adc4f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc4d15e2e844f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa350bb0c024db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,471</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,479</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,427</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,397</x:t>
-[...26 lines deleted...]
-          <x:t>1,373</x:t>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,459</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,359</x:t>
-[...87 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,373</x:t>
-[...9 lines deleted...]
-          <x:t>1,331</x:t>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>