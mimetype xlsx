--- v1 (2026-02-21)
+++ v2 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0276ec5b23a04da1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7500bcea07e427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa350bb0c024db9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra379f52c49744425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc4d15e2e844f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa350bb0c024db9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79ab33260a194ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra379f52c49744425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,577</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>1,419</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,417</x:t>
-[...124 lines deleted...]
-          <x:t>1,383</x:t>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,339</x:t>
-[...220 lines deleted...]
-          <x:t>1,473</x:t>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>