--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928e93f3ac4a424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd33955af19d4475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R770e78cddf7e4822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc74e7a1bc91848cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a38822b4304407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R770e78cddf7e4822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1cf73b489fe4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc74e7a1bc91848cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,629</x:t>
-[...11 lines deleted...]
-          <x:t>0,631</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,603</x:t>
-[...16 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...166 lines deleted...]
-          <x:t>0,571</x:t>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>