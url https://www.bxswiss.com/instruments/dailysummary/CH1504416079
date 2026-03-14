--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd33955af19d4475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79adede9e66d409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc74e7a1bc91848cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7562d44145e84022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1cf73b489fe4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc74e7a1bc91848cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac95f7ad4f5848eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7562d44145e84022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...43 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,663</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...21 lines deleted...]
-          <x:t>0,613</x:t>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...397 lines deleted...]
-          <x:t>0,589</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>