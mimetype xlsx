--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5add3b2003144a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc06f7013066346b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef44ee737a04ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5fa8a54aba4187"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bba00040c7b4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef44ee737a04ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e8b204ee65428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5fa8a54aba4187" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...244 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,843</x:t>
-[...4 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,917</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>