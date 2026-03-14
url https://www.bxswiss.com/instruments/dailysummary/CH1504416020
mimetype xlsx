--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc06f7013066346b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8744202d5c7b49ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5fa8a54aba4187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46baee52809e4cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e8b204ee65428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5fa8a54aba4187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd584add012cf475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46baee52809e4cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,679</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,603</x:t>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,781</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>1,871</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>