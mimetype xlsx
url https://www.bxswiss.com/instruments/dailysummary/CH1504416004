--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa8e4215c674a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdc300bcf42447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c9ab063d5c439b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7766a577e19947ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R126f40e782c741d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c9ab063d5c439b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77cca1b672eb4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7766a577e19947ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>0,423</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...11 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,411</x:t>
-[...53 lines deleted...]
-          <x:t>0,561</x:t>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,511</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...26 lines deleted...]
-          <x:t>0,603</x:t>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>