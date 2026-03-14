--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdc300bcf42447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80602db208984b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7766a577e19947ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354edf77004a44d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77cca1b672eb4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7766a577e19947ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf838e05166c04a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354edf77004a44d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504416004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,449</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,491</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>