--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45fa2ed08af346b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca63303e500475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56db1ecae65943e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea908f838d84b2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d0470d624d4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56db1ecae65943e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09dd8d2258f44931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea908f838d84b2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...217 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,247</x:t>
-[...26 lines deleted...]
-          <x:t>2,127</x:t>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,971</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,113</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>