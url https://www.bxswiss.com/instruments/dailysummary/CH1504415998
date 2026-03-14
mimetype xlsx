--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca63303e500475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf149a0164a2a4487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea908f838d84b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31063e62dfde4998"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09dd8d2258f44931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea908f838d84b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b2ed5329fd54456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31063e62dfde4998" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>2,155</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>