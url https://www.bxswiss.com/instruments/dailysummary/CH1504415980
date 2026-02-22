--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e88e2e495240ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f764ac8d124453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193febbdfa6d4507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2d7f249a804981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4bb44ae33c54319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193febbdfa6d4507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f207aa260d4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2d7f249a804981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,511</x:t>
-[...4 lines deleted...]
-          <x:t>0,479</x:t>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,521</x:t>
-[...75 lines deleted...]
-          <x:t>0,481</x:t>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,473</x:t>
-[...16 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,583</x:t>
-[...48 lines deleted...]
-          <x:t>0,647</x:t>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,647</x:t>
-[...26 lines deleted...]
-          <x:t>0,691</x:t>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>