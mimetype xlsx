--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f764ac8d124453c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8409becb564c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2d7f249a804981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b72b14dc543471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f207aa260d4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2d7f249a804981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b9195aa97f34042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b72b14dc543471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,589</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,571</x:t>
-[...43 lines deleted...]
-          <x:t>0,643</x:t>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,579</x:t>
-[...539 lines deleted...]
-          <x:t>0,571</x:t>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>