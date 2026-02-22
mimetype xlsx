--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3421616317b46db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ace5ae8ac640dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034a9b541b9343ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf380d1cc9c7b42b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6f1168d6864e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034a9b541b9343ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R908fbf78b3874191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf380d1cc9c7b42b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...195 lines deleted...]
-          <x:t>2,313</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,423</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>2,449</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,427</x:t>
-[...4 lines deleted...]
-          <x:t>2,531</x:t>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>