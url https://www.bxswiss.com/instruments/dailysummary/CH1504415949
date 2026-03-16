--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ace5ae8ac640dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9611771cf9494649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf380d1cc9c7b42b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea55407bd184b2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R908fbf78b3874191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf380d1cc9c7b42b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6dadd10d3f48d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea55407bd184b2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,635</x:t>
-[...4 lines deleted...]
-          <x:t>2,455</x:t>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,587</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,393</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,429</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>2,467</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>