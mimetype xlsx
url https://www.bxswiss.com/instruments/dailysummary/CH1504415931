--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83819a9fb1e94bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb659b90bdaeb48ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fd79f4e4be54af2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2bafffed1f4c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f4433f1f874d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fd79f4e4be54af2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d05d03841e430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2bafffed1f4c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>0,641</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>0,941</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...6 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,849</x:t>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>0,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>