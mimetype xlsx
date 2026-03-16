--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb659b90bdaeb48ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560b56a7021f4ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2bafffed1f4c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14d1b3682d84c58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d05d03841e430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2bafffed1f4c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb35989b19d46bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14d1b3682d84c58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,781</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,759</x:t>
-[...114 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>0,713</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,757</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>