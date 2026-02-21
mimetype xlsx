--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0577520f25ce49c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97f63aaba5948c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc421f48b6fb9469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ee7ef55bac4e26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d948a6f43ce4f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc421f48b6fb9469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad9cbf197def4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ee7ef55bac4e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>0,719</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,761</x:t>
-[...65 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,959</x:t>
-[...90 lines deleted...]
-          <x:t>1,029</x:t>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>