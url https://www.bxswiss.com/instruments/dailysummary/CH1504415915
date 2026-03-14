--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97f63aaba5948c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62109aed96354d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ee7ef55bac4e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea0f45d33265437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad9cbf197def4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ee7ef55bac4e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R430c6f43f39a41d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea0f45d33265437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,751</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,871</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,977</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,941</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,913</x:t>
-[...512 lines deleted...]
-          <x:t>0,873</x:t>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>