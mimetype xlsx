--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5461afc345694ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26cd1231596343d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0daecf3a87cf4800"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1188e248a8e44731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb9404e2ed8046ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0daecf3a87cf4800" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb586566daad343a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1188e248a8e44731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...217 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,757</x:t>
-[...58 lines deleted...]
-          <x:t>2,885</x:t>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>