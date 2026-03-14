--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26cd1231596343d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04fce9045b34b40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1188e248a8e44731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra215a442128e4f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb586566daad343a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1188e248a8e44731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1b6cbb71e0489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra215a442128e4f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,799</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,799</x:t>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,941</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>2,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,661</x:t>
-[...183 lines deleted...]
-          <x:t>3,081</x:t>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,053</x:t>
-[...269 lines deleted...]
-          <x:t>2,811</x:t>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>