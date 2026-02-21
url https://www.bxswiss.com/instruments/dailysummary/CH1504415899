--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64311efb376e4259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295830b5153745d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc305f5402a754ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a16428a6ed74deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18295f3cf08841af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc305f5402a754ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803bf5d352814430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a16428a6ed74deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,013</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>1,169</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>