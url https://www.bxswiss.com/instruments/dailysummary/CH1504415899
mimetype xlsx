--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295830b5153745d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d156649a0ce4cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a16428a6ed74deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f209cc7200d4975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803bf5d352814430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a16428a6ed74deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a31b827c6140e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f209cc7200d4975" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,911</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,111</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,013</x:t>
-[...16 lines deleted...]
-          <x:t>1,071</x:t>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,041</x:t>
-[...512 lines deleted...]
-          <x:t>0,997</x:t>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>