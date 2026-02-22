--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8cc36d3c0fa45e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9e5d7c230e4012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32bac9f806164f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5c86ae3ff44667"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2752be681cad44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32bac9f806164f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef6a085ada14228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5c86ae3ff44667" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>0,933</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,169</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,319</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>