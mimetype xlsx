--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9e5d7c230e4012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R884f1a2796f1440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5c86ae3ff44667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c67e80b4c24ff0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef6a085ada14228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5c86ae3ff44667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31fb2343b05a44de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c67e80b4c24ff0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,337</x:t>
-[...26 lines deleted...]
-          <x:t>1,263</x:t>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,129</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,053</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,167</x:t>
-[...26 lines deleted...]
-          <x:t>1,233</x:t>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,087</x:t>
-[...431 lines deleted...]
-          <x:t>1,141</x:t>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>